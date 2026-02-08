--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -1347,54 +1347,54 @@
   <si>
     <t>9106182008</t>
   </si>
   <si>
     <t>SYORIBO</t>
   </si>
   <si>
     <t>9106182002</t>
   </si>
   <si>
     <t>SAMOFA</t>
   </si>
   <si>
     <t>910612</t>
   </si>
   <si>
     <t>ADAINASNOSEN</t>
   </si>
   <si>
     <t>9106122008</t>
   </si>
   <si>
     <t>ANJAREUW</t>
   </si>
   <si>
+    <t>9106121014</t>
+  </si>
+  <si>
     <t>9106122016</t>
-  </si>
-[...1 lines deleted...]
-    <t>9106121014</t>
   </si>
   <si>
     <t>BRAMBAKEN</t>
   </si>
   <si>
     <t>9106121002</t>
   </si>
   <si>
     <t>DARMOPIS</t>
   </si>
   <si>
     <t>9106122009</t>
   </si>
   <si>
     <t>KAMORFUAR</t>
   </si>
   <si>
     <t>9106122015</t>
   </si>
   <si>
     <t>KARANG MULIA</t>
   </si>
   <si>
     <t>9106121010</t>
   </si>
@@ -21497,57 +21497,57 @@
       <c r="D192" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>441</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>444</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>445</v>
       </c>
       <c r="L192" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>43</v>
       </c>
       <c r="N192" s="2">
-        <v>528</v>
+        <v>1437</v>
       </c>
       <c r="O192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="P192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Q192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="R192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="S192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="T192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="U192" s="2" t="s">
         <v>44</v>
       </c>
       <c r="V192" s="2" t="s">
         <v>44</v>
       </c>
@@ -21598,57 +21598,57 @@
       <c r="D193" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>441</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>444</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>446</v>
       </c>
       <c r="L193" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>43</v>
       </c>
       <c r="N193" s="2">
-        <v>1437</v>
+        <v>528</v>
       </c>
       <c r="O193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="P193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Q193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="R193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="S193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="T193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="U193" s="2" t="s">
         <v>44</v>
       </c>
       <c r="V193" s="2" t="s">
         <v>44</v>
       </c>