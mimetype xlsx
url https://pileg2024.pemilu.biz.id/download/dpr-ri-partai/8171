--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -267,75 +267,75 @@
   <si>
     <t>BENTENG</t>
   </si>
   <si>
     <t>8171011008</t>
   </si>
   <si>
     <t>KUDAMATI</t>
   </si>
   <si>
     <t>8171011009</t>
   </si>
   <si>
     <t>LATUHALAT</t>
   </si>
   <si>
     <t>8171012001</t>
   </si>
   <si>
     <t>MANGGA DUA</t>
   </si>
   <si>
     <t>8171011010</t>
   </si>
   <si>
+    <t>8171011006</t>
+  </si>
+  <si>
     <t>8171012003</t>
   </si>
   <si>
-    <t>8171011006</t>
-[...1 lines deleted...]
-  <si>
     <t>SEILALE</t>
   </si>
   <si>
     <t>8171012002</t>
   </si>
   <si>
     <t>SILALE</t>
   </si>
   <si>
     <t>8171011013</t>
   </si>
   <si>
     <t>URIMESSING</t>
   </si>
   <si>
+    <t>8171011011</t>
+  </si>
+  <si>
     <t>8171012005</t>
-  </si>
-[...1 lines deleted...]
-    <t>8171011011</t>
   </si>
   <si>
     <t>WAIHAONG</t>
   </si>
   <si>
     <t>8171011012</t>
   </si>
   <si>
     <t>WAINITU</t>
   </si>
   <si>
     <t>8171011007</t>
   </si>
   <si>
     <t>SIRIMAU</t>
   </si>
   <si>
     <t>817102</t>
   </si>
   <si>
     <t>AHUSEN</t>
   </si>
   <si>
     <t>8171021019</t>
   </si>
@@ -2953,215 +2953,215 @@
       <c r="D22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="L22" s="2">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N22" s="2">
-        <v>5798</v>
+        <v>2354</v>
       </c>
       <c r="O22" s="2">
-        <v>141</v>
+        <v>34</v>
       </c>
       <c r="P22" s="2">
-        <v>750</v>
+        <v>701</v>
       </c>
       <c r="Q22" s="2">
-        <v>701</v>
+        <v>480</v>
       </c>
       <c r="R22" s="2">
-        <v>261</v>
+        <v>54</v>
       </c>
       <c r="S22" s="2">
-        <v>266</v>
+        <v>57</v>
       </c>
       <c r="T22" s="2">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="U22" s="2">
         <v>5</v>
       </c>
       <c r="V22" s="2">
-        <v>348</v>
+        <v>16</v>
       </c>
       <c r="W22" s="2">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="X22" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="Y22" s="2">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="Z22" s="2">
-        <v>467</v>
+        <v>65</v>
       </c>
       <c r="AA22" s="2">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB22" s="2">
-        <v>503</v>
+        <v>366</v>
       </c>
       <c r="AC22" s="2">
-        <v>217</v>
+        <v>72</v>
       </c>
       <c r="AD22" s="2">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="AE22" s="2">
-        <v>237</v>
+        <v>4</v>
       </c>
       <c r="AF22" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AG22" s="2">
-        <v>4278</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="L23" s="2">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N23" s="2">
-        <v>2354</v>
+        <v>5798</v>
       </c>
       <c r="O23" s="2">
-        <v>34</v>
+        <v>141</v>
       </c>
       <c r="P23" s="2">
+        <v>750</v>
+      </c>
+      <c r="Q23" s="2">
         <v>701</v>
       </c>
-      <c r="Q23" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="R23" s="2">
-        <v>54</v>
+        <v>261</v>
       </c>
       <c r="S23" s="2">
-        <v>57</v>
+        <v>266</v>
       </c>
       <c r="T23" s="2">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="U23" s="2">
         <v>5</v>
       </c>
       <c r="V23" s="2">
+        <v>348</v>
+      </c>
+      <c r="W23" s="2">
+        <v>205</v>
+      </c>
+      <c r="X23" s="2">
         <v>16</v>
       </c>
-      <c r="W23" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="Y23" s="2">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="Z23" s="2">
-        <v>65</v>
+        <v>467</v>
       </c>
       <c r="AA23" s="2">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="AB23" s="2">
-        <v>366</v>
+        <v>503</v>
       </c>
       <c r="AC23" s="2">
-        <v>72</v>
+        <v>217</v>
       </c>
       <c r="AD23" s="2">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="AE23" s="2">
-        <v>4</v>
+        <v>237</v>
       </c>
       <c r="AF23" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AG23" s="2">
-        <v>1963</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H24" s="2" t="s">
@@ -3357,215 +3357,215 @@
       <c r="D26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="L26" s="2">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N26" s="2">
-        <v>5908</v>
+        <v>2494</v>
       </c>
       <c r="O26" s="2">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="P26" s="2">
-        <v>981</v>
+        <v>243</v>
       </c>
       <c r="Q26" s="2">
-        <v>1355</v>
+        <v>193</v>
       </c>
       <c r="R26" s="2">
-        <v>225</v>
+        <v>83</v>
       </c>
       <c r="S26" s="2">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="T26" s="2">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="U26" s="2">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="V26" s="2">
-        <v>17</v>
+        <v>355</v>
       </c>
       <c r="W26" s="2">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="X26" s="2">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="Y26" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="Z26" s="2">
-        <v>354</v>
+        <v>437</v>
       </c>
       <c r="AA26" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AB26" s="2">
-        <v>889</v>
+        <v>190</v>
       </c>
       <c r="AC26" s="2">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="AD26" s="2">
-        <v>245</v>
+        <v>38</v>
       </c>
       <c r="AE26" s="2">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="AF26" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG26" s="2">
-        <v>4724</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>74</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="L27" s="2">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N27" s="2">
-        <v>2494</v>
+        <v>5908</v>
       </c>
       <c r="O27" s="2">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="P27" s="2">
-        <v>243</v>
+        <v>981</v>
       </c>
       <c r="Q27" s="2">
-        <v>193</v>
+        <v>1355</v>
       </c>
       <c r="R27" s="2">
-        <v>83</v>
+        <v>225</v>
       </c>
       <c r="S27" s="2">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="T27" s="2">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="U27" s="2">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="V27" s="2">
-        <v>355</v>
+        <v>17</v>
       </c>
       <c r="W27" s="2">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="X27" s="2">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="Y27" s="2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="Z27" s="2">
-        <v>437</v>
+        <v>354</v>
       </c>
       <c r="AA27" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB27" s="2">
-        <v>190</v>
+        <v>889</v>
       </c>
       <c r="AC27" s="2">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="AD27" s="2">
-        <v>38</v>
+        <v>245</v>
       </c>
       <c r="AE27" s="2">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="AF27" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AG27" s="2">
-        <v>1852</v>
+        <v>4724</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="2" t="s">