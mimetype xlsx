--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -783,54 +783,54 @@
   <si>
     <t>LABULU BULU</t>
   </si>
   <si>
     <t>7403252001</t>
   </si>
   <si>
     <t>LAIBA</t>
   </si>
   <si>
     <t>7403252003</t>
   </si>
   <si>
     <t>LATAMPU</t>
   </si>
   <si>
     <t>7403252002</t>
   </si>
   <si>
     <t>7403252008</t>
   </si>
   <si>
     <t>WAKUMORO</t>
   </si>
   <si>
+    <t>7403251005</t>
+  </si>
+  <si>
     <t>7403252012</t>
-  </si>
-[...1 lines deleted...]
-    <t>7403251005</t>
   </si>
   <si>
     <t>WALAMBENO WITE</t>
   </si>
   <si>
     <t>7403251006</t>
   </si>
   <si>
     <t>WAPUALE</t>
   </si>
   <si>
     <t>7403252010</t>
   </si>
   <si>
     <t>WARAMBE</t>
   </si>
   <si>
     <t>7403252004</t>
   </si>
   <si>
     <t>WASOLANGKA</t>
   </si>
   <si>
     <t>7403251009</t>
   </si>
@@ -11518,209 +11518,209 @@
       <c r="F100" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I100" s="2" t="s">
         <v>246</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>256</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>257</v>
       </c>
       <c r="L100" s="2">
         <v>3</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N100" s="2">
-        <v>816</v>
+        <v>528</v>
       </c>
       <c r="O100" s="2">
-        <v>240</v>
+        <v>51</v>
       </c>
       <c r="P100" s="2">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="Q100" s="2">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="R100" s="2">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="S100" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="T100" s="2">
+        <v>3</v>
+      </c>
+      <c r="U100" s="2">
+        <v>0</v>
+      </c>
+      <c r="V100" s="2">
+        <v>49</v>
+      </c>
+      <c r="W100" s="2">
+        <v>1</v>
+      </c>
+      <c r="X100" s="2">
+        <v>6</v>
+      </c>
+      <c r="Y100" s="2">
+        <v>1</v>
+      </c>
+      <c r="Z100" s="2">
         <v>11</v>
       </c>
-      <c r="U100" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="AA100" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AB100" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AC100" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AD100" s="2">
         <v>1</v>
       </c>
       <c r="AE100" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF100" s="2">
         <v>0</v>
       </c>
       <c r="AG100" s="2">
-        <v>597</v>
+        <v>336</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I101" s="2" t="s">
         <v>246</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>256</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>258</v>
       </c>
       <c r="L101" s="2">
         <v>3</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>42</v>
       </c>
       <c r="N101" s="2">
-        <v>528</v>
+        <v>816</v>
       </c>
       <c r="O101" s="2">
-        <v>51</v>
+        <v>240</v>
       </c>
       <c r="P101" s="2">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="Q101" s="2">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="R101" s="2">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="S101" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="T101" s="2">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="U101" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V101" s="2">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="W101" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="X101" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Y101" s="2">
         <v>1</v>
       </c>
       <c r="Z101" s="2">
-        <v>11</v>
+        <v>113</v>
       </c>
       <c r="AA101" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="AB101" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AC101" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AD101" s="2">
         <v>1</v>
       </c>
       <c r="AE101" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AF101" s="2">
         <v>0</v>
       </c>
       <c r="AG101" s="2">
-        <v>336</v>
+        <v>597</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H102" s="2" t="s">