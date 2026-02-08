--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -1275,54 +1275,54 @@
   <si>
     <t>7102112004</t>
   </si>
   <si>
     <t>TALIKURAN SATU</t>
   </si>
   <si>
     <t>7102112017</t>
   </si>
   <si>
     <t>TIMBUKAR</t>
   </si>
   <si>
     <t>7102112010</t>
   </si>
   <si>
     <t>TINCEP</t>
   </si>
   <si>
     <t>7102112009</t>
   </si>
   <si>
     <t>TOUNELET SATU</t>
   </si>
   <si>
+    <t>7102112018</t>
+  </si>
+  <si>
     <t>7102112003</t>
-  </si>
-[...1 lines deleted...]
-    <t>7102112018</t>
   </si>
   <si>
     <t>TOMBARIRI</t>
   </si>
   <si>
     <t>710215</t>
   </si>
   <si>
     <t>BORGO</t>
   </si>
   <si>
     <t>7102152011</t>
   </si>
   <si>
     <t>KUMU</t>
   </si>
   <si>
     <t>7102152001</t>
   </si>
   <si>
     <t>MOKUPA</t>
   </si>
   <si>
     <t>7102152009</t>
   </si>
@@ -20609,215 +20609,215 @@
       <c r="D183" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>387</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>388</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>420</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>421</v>
       </c>
       <c r="L183" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>41</v>
       </c>
       <c r="N183" s="2">
-        <v>848</v>
+        <v>772</v>
       </c>
       <c r="O183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P183" s="2">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="Q183" s="2">
-        <v>419</v>
+        <v>291</v>
       </c>
       <c r="R183" s="2">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="S183" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="T183" s="2">
         <v>1</v>
       </c>
       <c r="U183" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W183" s="2">
         <v>0</v>
       </c>
       <c r="X183" s="2">
         <v>2</v>
       </c>
       <c r="Y183" s="2">
         <v>0</v>
       </c>
       <c r="Z183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA183" s="2">
         <v>0</v>
       </c>
       <c r="AB183" s="2">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="AC183" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="AD183" s="2">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="AE183" s="2">
         <v>0</v>
       </c>
       <c r="AF183" s="2">
         <v>0</v>
       </c>
       <c r="AG183" s="2">
-        <v>718</v>
+        <v>622</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>387</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>388</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>420</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>422</v>
       </c>
       <c r="L184" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>41</v>
       </c>
       <c r="N184" s="2">
-        <v>772</v>
+        <v>848</v>
       </c>
       <c r="O184" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P184" s="2">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="Q184" s="2">
-        <v>291</v>
+        <v>419</v>
       </c>
       <c r="R184" s="2">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="S184" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="T184" s="2">
         <v>1</v>
       </c>
       <c r="U184" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V184" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W184" s="2">
         <v>0</v>
       </c>
       <c r="X184" s="2">
         <v>2</v>
       </c>
       <c r="Y184" s="2">
         <v>0</v>
       </c>
       <c r="Z184" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA184" s="2">
         <v>0</v>
       </c>
       <c r="AB184" s="2">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="AC184" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="AD184" s="2">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="AE184" s="2">
         <v>0</v>
       </c>
       <c r="AF184" s="2">
         <v>0</v>
       </c>
       <c r="AG184" s="2">
-        <v>622</v>
+        <v>718</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H185" s="2" t="s">