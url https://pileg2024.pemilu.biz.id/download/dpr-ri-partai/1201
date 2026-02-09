--- v0 (2025-12-14)
+++ v1 (2026-02-09)
@@ -1284,54 +1284,54 @@
   <si>
     <t>1201102004</t>
   </si>
   <si>
     <t>PASARIBU TOBING JAE</t>
   </si>
   <si>
     <t>1201102006</t>
   </si>
   <si>
     <t>SIDIKALANG</t>
   </si>
   <si>
     <t>1201102016</t>
   </si>
   <si>
     <t>SIPEA PEA</t>
   </si>
   <si>
     <t>1201102002</t>
   </si>
   <si>
     <t>SORKAM KANAN</t>
   </si>
   <si>
+    <t>1201102018</t>
+  </si>
+  <si>
     <t>1201101001</t>
-  </si>
-[...1 lines deleted...]
-    <t>1201102018</t>
   </si>
   <si>
     <t>SOSORGADONG</t>
   </si>
   <si>
     <t>120109</t>
   </si>
   <si>
     <t>BARAMBANG</t>
   </si>
   <si>
     <t>1201092004</t>
   </si>
   <si>
     <t>BARINGIN</t>
   </si>
   <si>
     <t>1201092009</t>
   </si>
   <si>
     <t>HUTA TOMBAK</t>
   </si>
   <si>
     <t>1201092007</t>
   </si>
@@ -20169,215 +20169,215 @@
       <c r="D182" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I182" s="2" t="s">
         <v>402</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>423</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>424</v>
       </c>
       <c r="L182" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>43</v>
       </c>
       <c r="N182" s="2">
-        <v>1312</v>
+        <v>781</v>
       </c>
       <c r="O182" s="2">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="P182" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="Q182" s="2">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="R182" s="2">
-        <v>518</v>
+        <v>215</v>
       </c>
       <c r="S182" s="2">
-        <v>170</v>
+        <v>122</v>
       </c>
       <c r="T182" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="U182" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V182" s="2">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="W182" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X182" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Y182" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z182" s="2">
         <v>1</v>
       </c>
       <c r="AA182" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB182" s="2">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="AC182" s="2">
         <v>2</v>
       </c>
       <c r="AD182" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AE182" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AF182" s="2">
         <v>0</v>
       </c>
       <c r="AG182" s="2">
-        <v>856</v>
+        <v>459</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>402</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>423</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>425</v>
       </c>
       <c r="L183" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>43</v>
       </c>
       <c r="N183" s="2">
-        <v>781</v>
+        <v>1312</v>
       </c>
       <c r="O183" s="2">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="P183" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="Q183" s="2">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="R183" s="2">
-        <v>215</v>
+        <v>518</v>
       </c>
       <c r="S183" s="2">
-        <v>122</v>
+        <v>170</v>
       </c>
       <c r="T183" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="U183" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V183" s="2">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="W183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Y183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z183" s="2">
         <v>1</v>
       </c>
       <c r="AA183" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB183" s="2">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="AC183" s="2">
         <v>2</v>
       </c>
       <c r="AD183" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AE183" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AF183" s="2">
         <v>0</v>
       </c>
       <c r="AG183" s="2">
-        <v>459</v>
+        <v>856</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="2" t="s">